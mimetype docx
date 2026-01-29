--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -90,142 +90,174 @@
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FULL NAME</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>&gt; (hereinafter: “the applicant”) in their application to acquire a doctoral scholarship from &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00636746">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ORGANIZATION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C58ABB2" w14:textId="77777777" w:rsidR="00AC320D" w:rsidRDefault="00636746" w:rsidP="00230C1F">
+    <w:p w14:paraId="7C58ABB2" w14:textId="79A9F87B" w:rsidR="00AC320D" w:rsidRDefault="00636746" w:rsidP="00230C1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I confirm that I have positively assessed the capabilities of the applicant, inclu</w:t>
       </w:r>
       <w:r w:rsidR="00EC3C04">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ding via a virtual or in-person </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>interview. In my opinion, the applicant is qualified to enroll in the PhD program of the Graduate School of Medical Sciences</w:t>
       </w:r>
       <w:r w:rsidR="00230C1F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (GSMS)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, both in terms of their academic skills and competences, as well as their communication skills in English, both orally and in writing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BFBA68" w14:textId="77777777" w:rsidR="005155E7" w:rsidRPr="002120E9" w:rsidRDefault="005155E7" w:rsidP="00230C1F">
+    <w:p w14:paraId="2ABBA150" w14:textId="77777777" w:rsidR="002F10BD" w:rsidRDefault="002F10BD" w:rsidP="002F10BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Moreover, I </w:t>
+        <w:t>I understand that a scholarship PhD candidate is not employed by the UMCG. Scholarship PhD students can choose their own research project and timeline, albeit in close consultation with the PhD supervisor(s) and the research group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BFBA68" w14:textId="48E70919" w:rsidR="005155E7" w:rsidRPr="002120E9" w:rsidRDefault="002F10BD" w:rsidP="00230C1F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I also</w:t>
+      </w:r>
+      <w:r w:rsidR="005155E7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005762E1">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">confirm that I commit to </w:t>
       </w:r>
       <w:r w:rsidR="00C67A23">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>carry</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005155E7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> out the “knowledge security self-assessment” as an obligatory element of the PhD admission process. In case the outcome of the self-assessment </w:t>
       </w:r>
       <w:r w:rsidR="00C67A23">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005155E7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> such that I </w:t>
       </w:r>
       <w:r w:rsidR="00C67A23">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>am</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> required to consult the University of Groningen’s “Advisory Team Knowledge Security”, I am aware that I am obliged to inform the GSMS about the outcome of this consultation process</w:t>
+      <w:r w:rsidR="005155E7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to consult the University of Groningen’s “Advisory Team Knowledge Security”, I am aware that I am oblig</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidR="005155E7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d to inform the GSMS about the outcome of this consultation process</w:t>
       </w:r>
       <w:r w:rsidR="002120E9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00646B9D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I am also aware that t</w:t>
       </w:r>
       <w:r w:rsidR="002120E9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="002120E9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
@@ -848,129 +880,130 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00636746"/>
     <w:rsid w:val="000A4024"/>
     <w:rsid w:val="000F6B43"/>
     <w:rsid w:val="00160590"/>
     <w:rsid w:val="00166C4A"/>
     <w:rsid w:val="001B1844"/>
     <w:rsid w:val="001F1E27"/>
     <w:rsid w:val="002120E9"/>
     <w:rsid w:val="00227CA7"/>
     <w:rsid w:val="00230C1F"/>
     <w:rsid w:val="00291735"/>
+    <w:rsid w:val="002F10BD"/>
     <w:rsid w:val="00337F40"/>
     <w:rsid w:val="003F3BC1"/>
     <w:rsid w:val="00417118"/>
     <w:rsid w:val="00420EAC"/>
     <w:rsid w:val="004D6C0F"/>
     <w:rsid w:val="005155E7"/>
     <w:rsid w:val="005762E1"/>
     <w:rsid w:val="00636746"/>
     <w:rsid w:val="00646B9D"/>
     <w:rsid w:val="006F7D3D"/>
     <w:rsid w:val="00786C24"/>
     <w:rsid w:val="00790DF3"/>
     <w:rsid w:val="007E703D"/>
     <w:rsid w:val="00A83383"/>
     <w:rsid w:val="00AC320D"/>
     <w:rsid w:val="00B01C18"/>
     <w:rsid w:val="00C67A23"/>
     <w:rsid w:val="00C754AE"/>
     <w:rsid w:val="00CA41FE"/>
     <w:rsid w:val="00CF587A"/>
     <w:rsid w:val="00D86853"/>
     <w:rsid w:val="00EC3C04"/>
     <w:rsid w:val="00EF1BC6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="12D10D40"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{84DF17E0-8827-497F-84EA-3643BAC1CA98}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -1056,94 +1089,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1729,69 +1766,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>342</Words>
-  <Characters>1881</Characters>
+  <Words>377</Words>
+  <Characters>2075</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Groningen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2219</CharactersWithSpaces>
+  <CharactersWithSpaces>2448</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>J.E. Fongers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>