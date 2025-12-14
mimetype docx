--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -1,54 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="69480F48" w14:textId="77777777" w:rsidR="00343AA1" w:rsidRPr="00343AA1" w:rsidRDefault="00343AA1" w:rsidP="00E43718">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C7F1C05" w14:textId="77777777" w:rsidR="00343AA1" w:rsidRPr="00343AA1" w:rsidRDefault="00343AA1" w:rsidP="00E43718">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343AA1">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
@@ -478,81 +482,56 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Send documents to</w:t>
       </w:r>
       <w:r w:rsidR="00E43718" w:rsidRPr="00072C3B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEDAC39" w14:textId="08BC2DB6" w:rsidR="00072C3B" w:rsidRPr="00D4588D" w:rsidRDefault="00BC3BC1" w:rsidP="004A5BE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D4588D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Mathilde</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>Mathilde Pekelaer (</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00072C3B" w:rsidRPr="00D4588D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>m.t.l.pekelaer@umcg.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00072C3B" w:rsidRPr="00D4588D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00FF02FA" w:rsidRPr="00D4588D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -1384,51 +1363,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EA2DF80" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DD/MM/YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="5F6AD386" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="5F6AD386" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06AFC06A" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -1442,51 +1421,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Maximum duration of scholarship (months)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="765614DA" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="2A861C9C" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="2A861C9C" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20419DEA" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -1516,51 +1495,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Mention type of currency if different from euros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E4725E9" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="4C566E4C" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="4C566E4C" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="760452A7" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -1574,51 +1553,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Does the call allow for the claim of tuition fees (yes/no; if yes, specify any relevant details)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22D123C8" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="359B4570" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="359B4570" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AD22DC1" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00F9183C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
@@ -1633,51 +1612,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Does the call allow for the claim of bench fees/consumables (yes/no; if yes, specify any relevant details)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09C0697B" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="78BD72BC" w14:textId="77777777" w:rsidTr="001E17C4">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="78BD72BC" w14:textId="77777777" w:rsidTr="001E17C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="20C3A48B" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00FF02FA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -1734,51 +1713,51 @@
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. You should take care to ensure that the information provided is </w:t>
             </w:r>
             <w:r w:rsidRPr="00E26D30">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>accurate and complete</w:t>
             </w:r>
             <w:r w:rsidRPr="00E26D30">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="11BA218A" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="11BA218A" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E78CB0" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRPr="00343AA1" w:rsidRDefault="00F9183C" w:rsidP="00F9183C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -1792,51 +1771,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00343AA1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Total number of months of funding requested </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="273E07B3" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="095B88FC" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="095B88FC" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CA577DC" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRPr="00E43718" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -1973,86 +1952,52 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Information about the Promotor (also called main supervisor). </w:t>
             </w:r>
             <w:r w:rsidRPr="004A5BE7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">The promotor must have the </w:t>
             </w:r>
             <w:r w:rsidRPr="004A5BE7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>“Ius Promovendi</w:t>
+            </w:r>
             <w:r w:rsidRPr="004A5BE7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>”:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21165310" w14:textId="26409F4A" w:rsidR="00F9183C" w:rsidRPr="004A5BE7" w:rsidRDefault="00F9183C" w:rsidP="004A5BE7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2315,51 +2260,51 @@
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A5BE7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9183C" w:rsidRPr="00D4588D" w14:paraId="11F3753F" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00F9183C" w:rsidRPr="00147550" w14:paraId="11F3753F" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A7CF49C" w14:textId="44595470" w:rsidR="00F9183C" w:rsidRDefault="004A5BE7" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -2381,51 +2326,51 @@
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FE2FC3D" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRDefault="00F9183C" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C772F8" w:rsidRPr="00D4588D" w14:paraId="58A4EF7C" w14:textId="77777777" w:rsidTr="00F9183C">
+      <w:tr w:rsidR="00C772F8" w:rsidRPr="00147550" w14:paraId="58A4EF7C" w14:textId="77777777" w:rsidTr="00F9183C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43E5B77F" w14:textId="23DE5D4E" w:rsidR="00C772F8" w:rsidRDefault="004A5BE7" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
@@ -2477,161 +2422,174 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="202C2570" w14:textId="77777777" w:rsidR="00C772F8" w:rsidRDefault="00C772F8" w:rsidP="00E43718">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A8451EC" w14:textId="77777777" w:rsidR="00343AA1" w:rsidRPr="00343AA1" w:rsidRDefault="00343AA1" w:rsidP="00E43718">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00343AA1" w:rsidRPr="00343AA1" w:rsidSect="00AA12D7">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6AF59622" w14:textId="77777777" w:rsidR="00E86AB2" w:rsidRDefault="00E86AB2" w:rsidP="00343AA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="52B92FA5" w14:textId="77777777" w:rsidR="00E86AB2" w:rsidRDefault="00E86AB2" w:rsidP="00343AA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5BE97167" w14:textId="77777777" w:rsidR="00147550" w:rsidRDefault="00147550">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3B0C536D" w14:textId="6A5B9DC4" w:rsidR="001C26B3" w:rsidRPr="001C26B3" w:rsidRDefault="001C26B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Request form PhD</w:t>
     </w:r>
     <w:r w:rsidRPr="001C73B9">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2649,52 +2607,62 @@
     <w:r w:rsidR="00D4588D">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>October</w:t>
     </w:r>
     <w:r w:rsidR="006453BA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="001C73B9">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="56A536FB" w14:textId="77777777" w:rsidR="00147550" w:rsidRDefault="00147550">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51479776" w14:textId="77777777" w:rsidR="00E86AB2" w:rsidRDefault="00E86AB2" w:rsidP="00343AA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="521FE86D" w14:textId="77777777" w:rsidR="00E86AB2" w:rsidRDefault="00E86AB2" w:rsidP="00343AA1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="37154466" w14:textId="77777777" w:rsidR="00F9183C" w:rsidRPr="00343AA1" w:rsidRDefault="00F9183C">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
@@ -2952,108 +2920,135 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.groningenbiomed.com/fees</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="49D5A025" w14:textId="77777777" w:rsidR="004A68C5" w:rsidRDefault="004A68C5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="40A4AF1B" w14:textId="77777777" w:rsidR="00147550" w:rsidRDefault="00147550">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="49D5A025" w14:textId="7B2FB099" w:rsidR="004A68C5" w:rsidRDefault="00147550">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58532EA9" wp14:editId="0A31E470">
-[...2 lines deleted...]
-          <wp:docPr id="1" name="Picture 1"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3775E8A6" wp14:editId="4360FF51">
+          <wp:extent cx="4524375" cy="604520"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="5080"/>
+          <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="RUG-UMCG_logobalk_NL_FC_liggend_A4r.jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="5756910" cy="774188"/>
+                    <a:ext cx="4524375" cy="604520"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7C3CCD5D" w14:textId="77777777" w:rsidR="00147550" w:rsidRDefault="00147550">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="078D6AB1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6080CD6"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4164,76 +4159,77 @@
   <w:num w:numId="4">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00343AA1"/>
     <w:rsid w:val="00072C3B"/>
     <w:rsid w:val="000A6F07"/>
+    <w:rsid w:val="00147550"/>
     <w:rsid w:val="001901D4"/>
     <w:rsid w:val="001C26B3"/>
     <w:rsid w:val="00343AA1"/>
     <w:rsid w:val="004046AB"/>
     <w:rsid w:val="004A5BE7"/>
     <w:rsid w:val="004A68C5"/>
     <w:rsid w:val="006453BA"/>
     <w:rsid w:val="00646BDC"/>
     <w:rsid w:val="00792856"/>
     <w:rsid w:val="00792FC8"/>
     <w:rsid w:val="00943A96"/>
     <w:rsid w:val="00A3707C"/>
     <w:rsid w:val="00A7063A"/>
     <w:rsid w:val="00AA12D7"/>
     <w:rsid w:val="00AD1C84"/>
     <w:rsid w:val="00BA4A1C"/>
     <w:rsid w:val="00BC3BC1"/>
     <w:rsid w:val="00BC56FE"/>
     <w:rsid w:val="00C01E27"/>
     <w:rsid w:val="00C772F8"/>
     <w:rsid w:val="00D4588D"/>
     <w:rsid w:val="00E26D30"/>
     <w:rsid w:val="00E37CBD"/>
     <w:rsid w:val="00E43718"/>
     <w:rsid w:val="00E83E24"/>
@@ -4252,63 +4248,63 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2597920E"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{E64868DC-8944-4C98-933E-84979F698A30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4370,98 +4366,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -4627,50 +4619,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00343AA1"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="nl-NL" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -4846,65 +4843,65 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00343AA1"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BC3BC1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.groningenbiomed.com/phd-scholarship" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.e.fongers@rug.nl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.t.l.pekelaer@umcg.nl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.groningenbiomed.com/phd-scholarship" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.e.fongers@rug.nl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:m.t.l.pekelaer@umcg.nl" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.groningenbiomed.com/fees" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-thema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5201,55 +5198,55 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{181EA452-D691-4C92-A4CC-8D719933758C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>372</Words>
-  <Characters>2123</Characters>
+  <Words>383</Words>
+  <Characters>2112</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>